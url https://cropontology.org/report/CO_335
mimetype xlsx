--- v0 (2025-11-18)
+++ v1 (2026-03-24)
@@ -422,51 +422,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AU185"/>
+  <dimension ref="A1:AU187"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>curation</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Variable ID</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Variable name</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -690,51 +690,55 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>CO_335:0000743</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>GMDM</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>R9</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr"/>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>BMS_21086</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -839,51 +843,55 @@
       <c r="AU2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
           <t>CO_335:0000740</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>GMSW</t>
         </is>
       </c>
       <c r="D3" t="inlineStr"/>
       <c r="E3" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr"/>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>BMS_20149</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -988,51 +996,55 @@
       <c r="AU3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
           <t>CO_335:0000737</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>GMSY</t>
         </is>
       </c>
       <c r="D4" t="inlineStr"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr"/>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>BMS_21088</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -1137,51 +1149,55 @@
       <c r="AU4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>CO_335:0000656</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>DSI</t>
         </is>
       </c>
       <c r="D5" t="inlineStr"/>
       <c r="E5" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr"/>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>BMS_20143</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -1286,51 +1302,55 @@
       <c r="AU5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>CO_335:0000108</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>PLWTH</t>
         </is>
       </c>
       <c r="D6" t="inlineStr"/>
       <c r="E6" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>End of flowering</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr"/>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>BMS_20174</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J6" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
           <t>2011-07-12 00:00:00</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -1439,51 +1459,55 @@
       <c r="AU6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>CO_335:0000085</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>DLB</t>
         </is>
       </c>
       <c r="D7" t="inlineStr"/>
       <c r="E7" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr"/>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>BMS_20142</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -1588,51 +1612,55 @@
       <c r="AU7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>CO_335:0000001</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>100SW</t>
         </is>
       </c>
       <c r="D8" t="inlineStr"/>
       <c r="E8" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Harvest or later</t>
         </is>
       </c>
-      <c r="G8" t="inlineStr"/>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>BMS_20034</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J8" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K8" t="inlineStr"/>
       <c r="L8" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
@@ -1737,51 +1765,55 @@
       <c r="AU8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>CO_335:0000647</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>LAF</t>
         </is>
       </c>
       <c r="D9" t="inlineStr"/>
       <c r="E9" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G9" t="inlineStr"/>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>BMS_20155</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J9" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -1886,51 +1918,55 @@
       <c r="AU9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>CO_335:0000034</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>LAI</t>
         </is>
       </c>
       <c r="D10" t="inlineStr"/>
       <c r="E10" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>R5</t>
         </is>
       </c>
-      <c r="G10" t="inlineStr"/>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>BMS_20049</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J10" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -2039,51 +2075,55 @@
       <c r="AU10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>CO_335:0000097</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>LB</t>
         </is>
       </c>
       <c r="D11" t="inlineStr"/>
       <c r="E11" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G11" t="inlineStr"/>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>BMS_20051</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J11" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -2188,51 +2228,55 @@
       <c r="AU11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>CO_335:0000038</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>MRD</t>
         </is>
       </c>
       <c r="D12" t="inlineStr"/>
       <c r="E12" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>R5</t>
         </is>
       </c>
-      <c r="G12" t="inlineStr"/>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>BMS_20092</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J12" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -2341,51 +2385,55 @@
       <c r="AU12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>CO_335:0000548</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>PLM2</t>
         </is>
       </c>
       <c r="D13" t="inlineStr"/>
       <c r="E13" t="inlineStr">
         <is>
           <t>Yield determination and plants per hectare</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G13" t="inlineStr"/>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>BMS_20038</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J13" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
           <t>2012-09-15 00:00:00</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -2490,51 +2538,55 @@
       <c r="AU13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>CO_335:0000106</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>PLHT</t>
         </is>
       </c>
       <c r="D14" t="inlineStr"/>
       <c r="E14" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Maturity</t>
         </is>
       </c>
-      <c r="G14" t="inlineStr"/>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>BMS_</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J14" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -2639,51 +2691,55 @@
       <c r="AU14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>CO_335:0000650</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>LAG</t>
         </is>
       </c>
       <c r="D15" t="inlineStr"/>
       <c r="E15" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>R5</t>
         </is>
       </c>
-      <c r="G15" t="inlineStr"/>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>BMS_20156</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J15" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -2788,51 +2844,55 @@
       <c r="AU15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>CO_335:0000043</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>PLPLOT</t>
         </is>
       </c>
       <c r="D16" t="inlineStr"/>
       <c r="E16" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Normally at harvest</t>
         </is>
       </c>
-      <c r="G16" t="inlineStr"/>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>BMS_20089</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J16" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
           <t>2011-07-11 00:00:00</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -2937,51 +2997,55 @@
       <c r="AU16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>CO_335:0000041</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>PDPL</t>
         </is>
       </c>
       <c r="D17" t="inlineStr"/>
       <c r="E17" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>R9, Harvest</t>
         </is>
       </c>
-      <c r="G17" t="inlineStr"/>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>BMS_20086</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J17" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
           <t>2011-11-07 00:00:00</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -3086,51 +3150,55 @@
       <c r="AU17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>CO_335:0000677</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>RVG</t>
         </is>
       </c>
       <c r="D18" t="inlineStr"/>
       <c r="E18" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>R7</t>
         </is>
       </c>
-      <c r="G18" t="inlineStr"/>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>BMS_20183</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J18" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
           <t>2012-07-15 00:00:00</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -3235,51 +3303,55 @@
       <c r="AU18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>CO_335:0000578</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>SPLA</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G19" t="inlineStr"/>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>BMS_21123</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J19" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -3384,51 +3456,55 @@
       <c r="AU19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>CO_335:0000069</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>YDPL</t>
         </is>
       </c>
       <c r="D20" t="inlineStr"/>
       <c r="E20" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G20" t="inlineStr"/>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>BMS_20039</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J20" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -3533,51 +3609,55 @@
       <c r="AU20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>CO_335:0000638</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>SHBG</t>
         </is>
       </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>R5-R8</t>
         </is>
       </c>
-      <c r="G21" t="inlineStr"/>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>BMS_20192</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J21" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -3682,51 +3762,55 @@
       <c r="AU21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>CO_335:0000063</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>TRB</t>
         </is>
       </c>
       <c r="D22" t="inlineStr"/>
       <c r="E22" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>R5</t>
         </is>
       </c>
-      <c r="G22" t="inlineStr"/>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H22" t="inlineStr">
         <is>
           <t>BMS_20091</t>
         </is>
       </c>
       <c r="I22" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J22" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -3831,51 +3915,55 @@
       <c r="AU22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>CO_335:0000065</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>TRL</t>
         </is>
       </c>
       <c r="D23" t="inlineStr"/>
       <c r="E23" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>R5</t>
         </is>
       </c>
-      <c r="G23" t="inlineStr"/>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>BMS_20058</t>
         </is>
       </c>
       <c r="I23" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J23" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -3980,51 +4068,55 @@
       <c r="AU23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>CO_335:0000040</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>PBMP</t>
         </is>
       </c>
       <c r="D24" t="inlineStr"/>
       <c r="E24" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G24" t="inlineStr"/>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>BMS_20052</t>
         </is>
       </c>
       <c r="I24" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J24" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -4129,51 +4221,55 @@
       <c r="AU24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>CO_335:0000039</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>PBH</t>
         </is>
       </c>
       <c r="D25" t="inlineStr"/>
       <c r="E25" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>R9, Harvest</t>
         </is>
       </c>
-      <c r="G25" t="inlineStr"/>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>BMS_20054</t>
         </is>
       </c>
       <c r="I25" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J25" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -4278,51 +4374,55 @@
       <c r="AU25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>CO_335:0000527</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>DT</t>
         </is>
       </c>
       <c r="D26" t="inlineStr"/>
       <c r="E26" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>R8,R9</t>
         </is>
       </c>
-      <c r="G26" t="inlineStr"/>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>BMS_20144</t>
         </is>
       </c>
       <c r="I26" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J26" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
           <t>2011-07-11 00:00:00</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -4439,51 +4539,55 @@
       <c r="AU26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
           <t>CO_335:0000042</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>PHI</t>
         </is>
       </c>
       <c r="D27" t="inlineStr"/>
       <c r="E27" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>R9, Harvest</t>
         </is>
       </c>
-      <c r="G27" t="inlineStr"/>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H27" t="inlineStr">
         <is>
           <t>BMS_20056</t>
         </is>
       </c>
       <c r="I27" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J27" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -4592,51 +4696,55 @@
       <c r="AU27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>CO_335:0000575</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>PPP</t>
         </is>
       </c>
       <c r="D28" t="inlineStr"/>
       <c r="E28" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G28" t="inlineStr"/>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H28" t="inlineStr">
         <is>
           <t>BMS_20177</t>
         </is>
       </c>
       <c r="I28" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J28" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -4741,51 +4849,55 @@
       <c r="AU28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
           <t>CO_335:0000044</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>PPI</t>
         </is>
       </c>
       <c r="D29" t="inlineStr"/>
       <c r="E29" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>R8, Mid-podfill, Harvest</t>
         </is>
       </c>
-      <c r="G29" t="inlineStr"/>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H29" t="inlineStr">
         <is>
           <t>BMS_20057</t>
         </is>
       </c>
       <c r="I29" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J29" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -4894,51 +5006,55 @@
       <c r="AU29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
           <t>CO_335:0000059</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>SDPD</t>
         </is>
       </c>
       <c r="D30" t="inlineStr"/>
       <c r="E30" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>R9, Harvest</t>
         </is>
       </c>
-      <c r="G30" t="inlineStr"/>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>BMS_20087</t>
         </is>
       </c>
       <c r="I30" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J30" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -5043,51 +5159,55 @@
       <c r="AU30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
           <t>CO_335:0000047</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>PWBH</t>
         </is>
       </c>
       <c r="D31" t="inlineStr"/>
       <c r="E31" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>R9, Harvest</t>
         </is>
       </c>
-      <c r="G31" t="inlineStr"/>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>BMS_20114</t>
         </is>
       </c>
       <c r="I31" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J31" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -5192,51 +5312,55 @@
       <c r="AU31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
           <t>CO_335:0000141</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>VRD</t>
         </is>
       </c>
       <c r="D32" t="inlineStr"/>
       <c r="E32" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>V2 to R5</t>
         </is>
       </c>
-      <c r="G32" t="inlineStr"/>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H32" t="inlineStr">
         <is>
           <t>BMS_20218</t>
         </is>
       </c>
       <c r="I32" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J32" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -5341,51 +5465,55 @@
       <c r="AU32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
           <t>CO_335:0000674</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>RVF</t>
         </is>
       </c>
       <c r="D33" t="inlineStr"/>
       <c r="E33" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G33" t="inlineStr"/>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>BMS_20182</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J33" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
           <t>2012-07-15 00:00:00</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -5490,51 +5618,55 @@
       <c r="AU33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
           <t>CO_335:0000138</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>ASHS</t>
         </is>
       </c>
       <c r="D34" t="inlineStr"/>
       <c r="E34" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G34" t="inlineStr"/>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>BMS_20123</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J34" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -5639,51 +5771,55 @@
       <c r="AU34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
           <t>CO_335:0000135</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>HI</t>
         </is>
       </c>
       <c r="D35" t="inlineStr"/>
       <c r="E35" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill), Harvest</t>
         </is>
       </c>
-      <c r="G35" t="inlineStr"/>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>BMS_</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J35" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -5788,51 +5924,55 @@
       <c r="AU35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
           <t>CO_335:0000542</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>POM</t>
         </is>
       </c>
       <c r="D36" t="inlineStr"/>
       <c r="E36" t="inlineStr">
         <is>
           <t>Yield determination</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G36" t="inlineStr"/>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>BMS_</t>
         </is>
       </c>
       <c r="I36" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J36" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
           <t>2012-09-15 00:00:00</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -5937,51 +6077,55 @@
       <c r="AU36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr"/>
       <c r="B37" t="inlineStr">
         <is>
           <t>CO_335:0000572</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>SPLO</t>
         </is>
       </c>
       <c r="D37" t="inlineStr"/>
       <c r="E37" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G37" t="inlineStr"/>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>BMS_20206</t>
         </is>
       </c>
       <c r="I37" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J37" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -6086,51 +6230,55 @@
       <c r="AU37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr"/>
       <c r="B38" t="inlineStr">
         <is>
           <t>CO_335:0000581</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>SSZ</t>
         </is>
       </c>
       <c r="D38" t="inlineStr"/>
       <c r="E38" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G38" t="inlineStr"/>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>BMS_20208</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J38" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -6247,51 +6395,55 @@
       <c r="AU38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr"/>
       <c r="B39" t="inlineStr">
         <is>
           <t>CO_335:0001208</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>SSz_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D39" t="inlineStr"/>
       <c r="E39" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G39" t="inlineStr"/>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H39" t="inlineStr"/>
       <c r="I39" t="inlineStr"/>
       <c r="J39" t="inlineStr"/>
       <c r="K39" t="inlineStr"/>
       <c r="L39" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N39" t="inlineStr">
         <is>
           <t>CO_335:0000799</t>
         </is>
       </c>
       <c r="O39" t="inlineStr">
         <is>
           <t>Seed size</t>
         </is>
       </c>
       <c r="P39" t="inlineStr">
@@ -6396,51 +6548,55 @@
       <c r="B40" t="inlineStr">
         <is>
           <t>CO_335:0000068</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>YDHA</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>SBH</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G40" t="inlineStr"/>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>BMS_20041</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J40" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -6545,51 +6701,55 @@
       <c r="AU40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr"/>
       <c r="B41" t="inlineStr">
         <is>
           <t>CO_335:0001211</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>YDHA_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D41" t="inlineStr"/>
       <c r="E41" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G41" t="inlineStr"/>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H41" t="inlineStr"/>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr"/>
       <c r="K41" t="inlineStr"/>
       <c r="L41" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
           <t>CO_335:0000800</t>
         </is>
       </c>
       <c r="O41" t="inlineStr">
         <is>
           <t>Seed yield</t>
         </is>
       </c>
       <c r="P41" t="inlineStr">
@@ -6694,51 +6854,55 @@
       <c r="AU41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr"/>
       <c r="B42" t="inlineStr">
         <is>
           <t>CO_335:0000028</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>GMPLOT</t>
         </is>
       </c>
       <c r="D42" t="inlineStr"/>
       <c r="E42" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G42" t="inlineStr"/>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>BMS_20040</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J42" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
           <t>2011-07-11 00:00:00</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -6843,51 +7007,55 @@
       <c r="AU42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr"/>
       <c r="B43" t="inlineStr">
         <is>
           <t>CO_335:0000539</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>YDD</t>
         </is>
       </c>
       <c r="D43" t="inlineStr"/>
       <c r="E43" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G43" t="inlineStr"/>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>BMS_20224</t>
         </is>
       </c>
       <c r="I43" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J43" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
           <t>2012-09-15 00:00:00</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -6992,51 +7160,55 @@
       <c r="AU43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr"/>
       <c r="B44" t="inlineStr">
         <is>
           <t>CO_335:0000641</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>ASHSHF</t>
         </is>
       </c>
       <c r="D44" t="inlineStr"/>
       <c r="E44" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G44" t="inlineStr"/>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>BMS_20124</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J44" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -7141,51 +7313,55 @@
       <c r="AU44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr"/>
       <c r="B45" t="inlineStr">
         <is>
           <t>CO_335:0000635</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>SHBF</t>
         </is>
       </c>
       <c r="D45" t="inlineStr"/>
       <c r="E45" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G45" t="inlineStr"/>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H45" t="inlineStr">
         <is>
           <t>BMS_20191</t>
         </is>
       </c>
       <c r="I45" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J45" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -7294,51 +7470,55 @@
       <c r="AU45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr"/>
       <c r="B46" t="inlineStr">
         <is>
           <t>CO_335:0000012</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>CB</t>
         </is>
       </c>
       <c r="D46" t="inlineStr"/>
       <c r="E46" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G46" t="inlineStr"/>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H46" t="inlineStr">
         <is>
           <t>BMS_20097</t>
         </is>
       </c>
       <c r="I46" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J46" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -7443,51 +7623,55 @@
       <c r="AU46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr"/>
       <c r="B47" t="inlineStr">
         <is>
           <t>CO_335:0000060</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>SRL</t>
         </is>
       </c>
       <c r="D47" t="inlineStr"/>
       <c r="E47" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G47" t="inlineStr"/>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>BMS_20060</t>
         </is>
       </c>
       <c r="I47" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J47" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -7592,51 +7776,55 @@
       <c r="AU47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr"/>
       <c r="B48" t="inlineStr">
         <is>
           <t>CO_335:0000054</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>SBMP</t>
         </is>
       </c>
       <c r="D48" t="inlineStr"/>
       <c r="E48" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G48" t="inlineStr"/>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>BMS_20050</t>
         </is>
       </c>
       <c r="I48" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -7741,51 +7929,55 @@
       <c r="AU48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr"/>
       <c r="B49" t="inlineStr">
         <is>
           <t>CO_335:0000062</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>STBH</t>
         </is>
       </c>
       <c r="D49" t="inlineStr"/>
       <c r="E49" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>R9, Harvest</t>
         </is>
       </c>
-      <c r="G49" t="inlineStr"/>
+      <c r="G49" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>BMS_20053</t>
         </is>
       </c>
       <c r="I49" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J49" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -7890,51 +8082,55 @@
       <c r="AU49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr"/>
       <c r="B50" t="inlineStr">
         <is>
           <t>CO_335:0000136</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>SBR</t>
         </is>
       </c>
       <c r="D50" t="inlineStr"/>
       <c r="E50" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill), Harvest</t>
         </is>
       </c>
-      <c r="G50" t="inlineStr"/>
+      <c r="G50" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>BMS_20187</t>
         </is>
       </c>
       <c r="I50" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J50" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -8039,51 +8235,55 @@
       <c r="AU50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr"/>
       <c r="B51" t="inlineStr">
         <is>
           <t>CO_335:0000064</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>TRBPA</t>
         </is>
       </c>
       <c r="D51" t="inlineStr"/>
       <c r="E51" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G51" t="inlineStr"/>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>BMS_20059</t>
         </is>
       </c>
       <c r="I51" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J51" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -8192,51 +8392,55 @@
       <c r="AU51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr"/>
       <c r="B52" t="inlineStr">
         <is>
           <t>CO_335:0000066</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>TRLPA</t>
         </is>
       </c>
       <c r="D52" t="inlineStr"/>
       <c r="E52" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G52" t="inlineStr"/>
+      <c r="G52" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>BMS_20095</t>
         </is>
       </c>
       <c r="I52" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J52" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -8341,51 +8545,55 @@
       <c r="AU52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr"/>
       <c r="B53" t="inlineStr">
         <is>
           <t>CO_335:0000569</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>bc3</t>
         </is>
       </c>
       <c r="D53" t="inlineStr"/>
       <c r="E53" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>V4</t>
         </is>
       </c>
-      <c r="G53" t="inlineStr"/>
+      <c r="G53" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>BMS_20127</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J53" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -8506,51 +8714,55 @@
       <c r="AU53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr"/>
       <c r="B54" t="inlineStr">
         <is>
           <t>CO_335:0000563</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>bgm1</t>
         </is>
       </c>
       <c r="D54" t="inlineStr"/>
       <c r="E54" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>V4</t>
         </is>
       </c>
-      <c r="G54" t="inlineStr"/>
+      <c r="G54" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>BMS_20128</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J54" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -8671,51 +8883,55 @@
       <c r="AU54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr"/>
       <c r="B55" t="inlineStr">
         <is>
           <t>CO_335:0000566</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>W12</t>
         </is>
       </c>
       <c r="D55" t="inlineStr"/>
       <c r="E55" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>V4</t>
         </is>
       </c>
-      <c r="G55" t="inlineStr"/>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>BMS_20219</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -8828,51 +9044,55 @@
       <c r="AU55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr"/>
       <c r="B56" t="inlineStr">
         <is>
           <t>CO_335:0000004</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>ALSG</t>
         </is>
       </c>
       <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>V3</t>
         </is>
       </c>
-      <c r="G56" t="inlineStr"/>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>BMS_20069</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J56" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -9013,51 +9233,55 @@
       <c r="AU56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr"/>
       <c r="B57" t="inlineStr">
         <is>
           <t>CO_335:0000002</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>ALSF</t>
         </is>
       </c>
       <c r="D57" t="inlineStr"/>
       <c r="E57" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G57" t="inlineStr"/>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>BMS_20104</t>
         </is>
       </c>
       <c r="I57" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J57" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -9198,51 +9422,55 @@
       <c r="AU57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr"/>
       <c r="B58" t="inlineStr">
         <is>
           <t>CO_335:0000003</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>ALSFP</t>
         </is>
       </c>
       <c r="D58" t="inlineStr"/>
       <c r="E58" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>R8</t>
         </is>
       </c>
-      <c r="G58" t="inlineStr"/>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>BMS_20105</t>
         </is>
       </c>
       <c r="I58" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J58" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -9383,51 +9611,55 @@
       <c r="AU58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr"/>
       <c r="B59" t="inlineStr">
         <is>
           <t>CO_335:0000008</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>ANTGL</t>
         </is>
       </c>
       <c r="D59" t="inlineStr"/>
       <c r="E59" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>V2</t>
         </is>
       </c>
-      <c r="G59" t="inlineStr"/>
+      <c r="G59" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>BMS_20070</t>
         </is>
       </c>
       <c r="I59" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J59" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -9568,51 +9800,55 @@
       <c r="AU59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr"/>
       <c r="B60" t="inlineStr">
         <is>
           <t>CO_335:0000006</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>ANTFL</t>
         </is>
       </c>
       <c r="D60" t="inlineStr"/>
       <c r="E60" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G60" t="inlineStr"/>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>BMS_20106</t>
         </is>
       </c>
       <c r="I60" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J60" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -9753,51 +9989,55 @@
       <c r="AU60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr"/>
       <c r="B61" t="inlineStr">
         <is>
           <t>CO_335:0000007</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>ANTFP</t>
         </is>
       </c>
       <c r="D61" t="inlineStr"/>
       <c r="E61" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>R7,R8</t>
         </is>
       </c>
-      <c r="G61" t="inlineStr"/>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>BMS_20107</t>
         </is>
       </c>
       <c r="I61" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J61" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -9938,51 +10178,55 @@
       <c r="AU61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr"/>
       <c r="B62" t="inlineStr">
         <is>
           <t>CO_335:0000476</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>APH</t>
         </is>
       </c>
       <c r="D62" t="inlineStr"/>
       <c r="E62" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>V4-R5</t>
         </is>
       </c>
-      <c r="G62" t="inlineStr"/>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>BMS_20119</t>
         </is>
       </c>
       <c r="I62" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J62" t="inlineStr">
         <is>
           <t>Juan Miguel Bueno</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -10123,51 +10367,55 @@
       <c r="AU62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr"/>
       <c r="B63" t="inlineStr">
         <is>
           <t>CO_335:0000605</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>ASCGL</t>
         </is>
       </c>
       <c r="D63" t="inlineStr"/>
       <c r="E63" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>V3</t>
         </is>
       </c>
-      <c r="G63" t="inlineStr"/>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>BMS_20122</t>
         </is>
       </c>
       <c r="I63" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
           <t>2011-05-31 00:00:00</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -10308,51 +10556,55 @@
       <c r="AU63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr"/>
       <c r="B64" t="inlineStr">
         <is>
           <t>CO_335:0000602</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>ASCFL</t>
         </is>
       </c>
       <c r="D64" t="inlineStr"/>
       <c r="E64" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>R6,R8</t>
         </is>
       </c>
-      <c r="G64" t="inlineStr"/>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>BMS_20120</t>
         </is>
       </c>
       <c r="I64" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J64" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
           <t>2011-05-31 00:00:00</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -10493,51 +10745,55 @@
       <c r="AU64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr"/>
       <c r="B65" t="inlineStr">
         <is>
           <t>CO_335:0000608</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>ASCFP</t>
         </is>
       </c>
       <c r="D65" t="inlineStr"/>
       <c r="E65" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>R7,R8</t>
         </is>
       </c>
-      <c r="G65" t="inlineStr"/>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>BMS_20121</t>
         </is>
       </c>
       <c r="I65" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J65" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
           <t>2011-05-31 00:00:00</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -10678,51 +10934,55 @@
       <c r="AU65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr"/>
       <c r="B66" t="inlineStr">
         <is>
           <t>CO_335:0000009</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>BCMNV</t>
         </is>
       </c>
       <c r="D66" t="inlineStr"/>
       <c r="E66" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>V3-R6</t>
         </is>
       </c>
-      <c r="G66" t="inlineStr"/>
+      <c r="G66" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>BMS_20071</t>
         </is>
       </c>
       <c r="I66" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J66" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
           <t>2011-05-20 00:00:00</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -10851,51 +11111,55 @@
       <c r="AU66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr"/>
       <c r="B67" t="inlineStr">
         <is>
           <t>CO_335:0000470</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>BGYMVG</t>
         </is>
       </c>
       <c r="D67" t="inlineStr"/>
       <c r="E67" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>V4-R7</t>
         </is>
       </c>
-      <c r="G67" t="inlineStr"/>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>BMS_20130</t>
         </is>
       </c>
       <c r="I67" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J67" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -11012,51 +11276,55 @@
       <c r="AU67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr"/>
       <c r="B68" t="inlineStr">
         <is>
           <t>CO_335:0000473</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>BGYMVF</t>
         </is>
       </c>
       <c r="D68" t="inlineStr"/>
       <c r="E68" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>R5,R8</t>
         </is>
       </c>
-      <c r="G68" t="inlineStr"/>
+      <c r="G68" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>BMS_20129</t>
         </is>
       </c>
       <c r="I68" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J68" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -11201,51 +11469,55 @@
       <c r="AU68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr"/>
       <c r="B69" t="inlineStr">
         <is>
           <t>CO_335:0000011</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>BSM</t>
         </is>
       </c>
       <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>V4</t>
         </is>
       </c>
-      <c r="G69" t="inlineStr"/>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>BMS_20075</t>
         </is>
       </c>
       <c r="I69" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J69" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
           <t>2010-09-15 00:00:00</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -11386,51 +11658,55 @@
       <c r="AU69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr"/>
       <c r="B70" t="inlineStr">
         <is>
           <t>CO_335:0000010</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>BRU</t>
         </is>
       </c>
       <c r="D70" t="inlineStr"/>
       <c r="E70" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G70" t="inlineStr"/>
+      <c r="G70" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>BMS_20074</t>
         </is>
       </c>
       <c r="I70" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J70" t="inlineStr">
         <is>
           <t>Juan Miguel Bueno</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -11535,51 +11811,55 @@
       <c r="AU70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr"/>
       <c r="B71" t="inlineStr">
         <is>
           <t>CO_335:0000015</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>CBBGL</t>
         </is>
       </c>
       <c r="D71" t="inlineStr"/>
       <c r="E71" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>V3</t>
         </is>
       </c>
-      <c r="G71" t="inlineStr"/>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>BMS_20072</t>
         </is>
       </c>
       <c r="I71" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J71" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -11720,51 +12000,55 @@
       <c r="AU71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr"/>
       <c r="B72" t="inlineStr">
         <is>
           <t>CO_335:0000013</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>CBBFL</t>
         </is>
       </c>
       <c r="D72" t="inlineStr"/>
       <c r="E72" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G72" t="inlineStr"/>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H72" t="inlineStr">
         <is>
           <t>BMS_20108</t>
         </is>
       </c>
       <c r="I72" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J72" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -11905,51 +12189,55 @@
       <c r="AU72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr"/>
       <c r="B73" t="inlineStr">
         <is>
           <t>CO_335:0000014</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>CBBFP</t>
         </is>
       </c>
       <c r="D73" t="inlineStr"/>
       <c r="E73" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>R7,R8</t>
         </is>
       </c>
-      <c r="G73" t="inlineStr"/>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H73" t="inlineStr">
         <is>
           <t>BMS_20109</t>
         </is>
       </c>
       <c r="I73" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J73" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -12090,51 +12378,55 @@
       <c r="AU73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr"/>
       <c r="B74" t="inlineStr">
         <is>
           <t>CO_335:0000449</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>FLS</t>
         </is>
       </c>
       <c r="D74" t="inlineStr"/>
       <c r="E74" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>R6, R8</t>
         </is>
       </c>
-      <c r="G74" t="inlineStr"/>
+      <c r="G74" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>BMS_20146</t>
         </is>
       </c>
       <c r="I74" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J74" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -12275,51 +12567,55 @@
       <c r="AU74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr"/>
       <c r="B75" t="inlineStr">
         <is>
           <t>CO_335:0000026</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>FUSRRG</t>
         </is>
       </c>
       <c r="D75" t="inlineStr"/>
       <c r="E75" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>V0,V1,V2,V3</t>
         </is>
       </c>
-      <c r="G75" t="inlineStr"/>
+      <c r="G75" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H75" t="inlineStr">
         <is>
           <t>BMS_20076</t>
         </is>
       </c>
       <c r="I75" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J75" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -12464,51 +12760,55 @@
       <c r="AU75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr"/>
       <c r="B76" t="inlineStr">
         <is>
           <t>CO_335:0000025</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>FUSRRF</t>
         </is>
       </c>
       <c r="D76" t="inlineStr"/>
       <c r="E76" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>V1,R6,R7,R8</t>
         </is>
       </c>
-      <c r="G76" t="inlineStr"/>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>BMS_20112</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J76" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -12653,51 +12953,55 @@
       <c r="AU76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr"/>
       <c r="B77" t="inlineStr">
         <is>
           <t>CO_335:0000032</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>HBGL</t>
         </is>
       </c>
       <c r="D77" t="inlineStr"/>
       <c r="E77" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>V3</t>
         </is>
       </c>
-      <c r="G77" t="inlineStr"/>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>BMS_20088</t>
         </is>
       </c>
       <c r="I77" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J77" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -12838,51 +13142,55 @@
       <c r="AU77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr"/>
       <c r="B78" t="inlineStr">
         <is>
           <t>CO_335:0000030</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>HBFL</t>
         </is>
       </c>
       <c r="D78" t="inlineStr"/>
       <c r="E78" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G78" t="inlineStr"/>
+      <c r="G78" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>BMS_20102</t>
         </is>
       </c>
       <c r="I78" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J78" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -13023,51 +13331,55 @@
       <c r="AU78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr"/>
       <c r="B79" t="inlineStr">
         <is>
           <t>CO_335:0000031</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>HBFP</t>
         </is>
       </c>
       <c r="D79" t="inlineStr"/>
       <c r="E79" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>R7,R8</t>
         </is>
       </c>
-      <c r="G79" t="inlineStr"/>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>BMS_20103</t>
         </is>
       </c>
       <c r="I79" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J79" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -13208,51 +13520,55 @@
       <c r="AU79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr"/>
       <c r="B80" t="inlineStr">
         <is>
           <t>CO_335:0000479</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>LH</t>
         </is>
       </c>
       <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>V2-R8</t>
         </is>
       </c>
-      <c r="G80" t="inlineStr"/>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>BMS_20157</t>
         </is>
       </c>
       <c r="I80" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J80" t="inlineStr">
         <is>
           <t>Juan Miguel Bueno</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -13393,51 +13709,55 @@
       <c r="AU80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr"/>
       <c r="B81" t="inlineStr">
         <is>
           <t>CO_335:0000428</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>MPG</t>
         </is>
       </c>
       <c r="D81" t="inlineStr"/>
       <c r="E81" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>V0-V4</t>
         </is>
       </c>
-      <c r="G81" t="inlineStr"/>
+      <c r="G81" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>BMS_20161</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J81" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -13578,51 +13898,55 @@
       <c r="AU81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr"/>
       <c r="B82" t="inlineStr">
         <is>
           <t>CO_335:0000611</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>MPF</t>
         </is>
       </c>
       <c r="D82" t="inlineStr"/>
       <c r="E82" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>V0,R8</t>
         </is>
       </c>
-      <c r="G82" t="inlineStr"/>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>BMS_20160</t>
         </is>
       </c>
       <c r="I82" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J82" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -13763,51 +14087,55 @@
       <c r="AU82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr"/>
       <c r="B83" t="inlineStr">
         <is>
           <t>CO_335:0000049</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>PYTHG</t>
         </is>
       </c>
       <c r="D83" t="inlineStr"/>
       <c r="E83" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>V0,V1,V2,V3</t>
         </is>
       </c>
-      <c r="G83" t="inlineStr"/>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>BMS_20077</t>
         </is>
       </c>
       <c r="I83" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J83" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -13952,51 +14280,55 @@
       <c r="AU83" t="inlineStr"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr"/>
       <c r="B84" t="inlineStr">
         <is>
           <t>CO_335:0000048</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>PYTHF</t>
         </is>
       </c>
       <c r="D84" t="inlineStr"/>
       <c r="E84" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>V1,R6,R7,R8</t>
         </is>
       </c>
-      <c r="G84" t="inlineStr"/>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>BMS_20113</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J84" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -14141,51 +14473,55 @@
       <c r="AU84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr"/>
       <c r="B85" t="inlineStr">
         <is>
           <t>CO_335:0000434</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>RSG</t>
         </is>
       </c>
       <c r="D85" t="inlineStr"/>
       <c r="E85" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>V0-V4</t>
         </is>
       </c>
-      <c r="G85" t="inlineStr"/>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>BMS_20181</t>
         </is>
       </c>
       <c r="I85" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -14326,51 +14662,55 @@
       <c r="AU85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr"/>
       <c r="B86" t="inlineStr">
         <is>
           <t>CO_335:0000431</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>RSF</t>
         </is>
       </c>
       <c r="D86" t="inlineStr"/>
       <c r="E86" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>V1,R6,R8</t>
         </is>
       </c>
-      <c r="G86" t="inlineStr"/>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>BMS_20180</t>
         </is>
       </c>
       <c r="I86" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J86" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -14511,51 +14851,55 @@
       <c r="AU86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr"/>
       <c r="B87" t="inlineStr">
         <is>
           <t>CO_335:0000052</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>RUSTGL</t>
         </is>
       </c>
       <c r="D87" t="inlineStr"/>
       <c r="E87" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>V2</t>
         </is>
       </c>
-      <c r="G87" t="inlineStr"/>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>BMS_20073</t>
         </is>
       </c>
       <c r="I87" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -14696,51 +15040,55 @@
       <c r="AU87" t="inlineStr"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr"/>
       <c r="B88" t="inlineStr">
         <is>
           <t>CO_335:0000050</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>RUSTFL</t>
         </is>
       </c>
       <c r="D88" t="inlineStr"/>
       <c r="E88" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G88" t="inlineStr"/>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H88" t="inlineStr">
         <is>
           <t>BMS_20110</t>
         </is>
       </c>
       <c r="I88" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J88" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
           <t>2012-04-03 00:00:00</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -14881,51 +15229,55 @@
       <c r="AU88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr"/>
       <c r="B89" t="inlineStr">
         <is>
           <t>CO_335:0000440</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>SBG</t>
         </is>
       </c>
       <c r="D89" t="inlineStr"/>
       <c r="E89" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>V0-V4</t>
         </is>
       </c>
-      <c r="G89" t="inlineStr"/>
+      <c r="G89" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>BMS_20186</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
           <t>2011-05-31 00:00:00</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -15066,51 +15418,55 @@
       <c r="AU89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr"/>
       <c r="B90" t="inlineStr">
         <is>
           <t>CO_335:0000437</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>SBF</t>
         </is>
       </c>
       <c r="D90" t="inlineStr"/>
       <c r="E90" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>V3,R8</t>
         </is>
       </c>
-      <c r="G90" t="inlineStr"/>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>BMS_20185</t>
         </is>
       </c>
       <c r="I90" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J90" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
           <t>2011-05-31 00:00:00</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -15251,51 +15607,55 @@
       <c r="AU90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr"/>
       <c r="B91" t="inlineStr">
         <is>
           <t>CO_335:0000452</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>WBF</t>
         </is>
       </c>
       <c r="D91" t="inlineStr"/>
       <c r="E91" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>V4, R6, R8</t>
         </is>
       </c>
-      <c r="G91" t="inlineStr"/>
+      <c r="G91" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H91" t="inlineStr">
         <is>
           <t>BMS_20220</t>
         </is>
       </c>
       <c r="I91" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J91" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -15436,51 +15796,55 @@
       <c r="AU91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr"/>
       <c r="B92" t="inlineStr">
         <is>
           <t>CO_335:0000455</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>WBG</t>
         </is>
       </c>
       <c r="D92" t="inlineStr"/>
       <c r="E92" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>V3</t>
         </is>
       </c>
-      <c r="G92" t="inlineStr"/>
+      <c r="G92" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H92" t="inlineStr">
         <is>
           <t>BMS_20221</t>
         </is>
       </c>
       <c r="I92" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J92" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -15621,51 +15985,55 @@
       <c r="AU92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr"/>
       <c r="B93" t="inlineStr">
         <is>
           <t>CO_335:0000446</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>WMG</t>
         </is>
       </c>
       <c r="D93" t="inlineStr"/>
       <c r="E93" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>V4,R7</t>
         </is>
       </c>
-      <c r="G93" t="inlineStr"/>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H93" t="inlineStr">
         <is>
           <t>BMS_20223</t>
         </is>
       </c>
       <c r="I93" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J93" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -15806,51 +16174,55 @@
       <c r="AU93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr"/>
       <c r="B94" t="inlineStr">
         <is>
           <t>CO_335:0000443</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>WMF</t>
         </is>
       </c>
       <c r="D94" t="inlineStr"/>
       <c r="E94" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>V1,R8</t>
         </is>
       </c>
-      <c r="G94" t="inlineStr"/>
+      <c r="G94" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H94" t="inlineStr">
         <is>
           <t>BMS_20222</t>
         </is>
       </c>
       <c r="I94" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J94" t="inlineStr">
         <is>
           <t>Gloria Mosquera</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -15991,51 +16363,55 @@
       <c r="AU94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr"/>
       <c r="B95" t="inlineStr">
         <is>
           <t>CO_335:0000458</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>BRGAF</t>
         </is>
       </c>
       <c r="D95" t="inlineStr"/>
       <c r="E95" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G95" t="inlineStr"/>
+      <c r="G95" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H95" t="inlineStr">
         <is>
           <t>BMS_20131</t>
         </is>
       </c>
       <c r="I95" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J95" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -16140,51 +16516,55 @@
       <c r="AU95" t="inlineStr"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr"/>
       <c r="B96" t="inlineStr">
         <is>
           <t>CO_335:0000533</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>ECC</t>
         </is>
       </c>
       <c r="D96" t="inlineStr"/>
       <c r="E96" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>V1</t>
         </is>
       </c>
-      <c r="G96" t="inlineStr"/>
+      <c r="G96" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>BMS_20145</t>
         </is>
       </c>
       <c r="I96" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J96" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -16313,51 +16693,55 @@
       <c r="AU96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr"/>
       <c r="B97" t="inlineStr">
         <is>
           <t>CO_335:0000024</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>FLCOL</t>
         </is>
       </c>
       <c r="D97" t="inlineStr"/>
       <c r="E97" t="inlineStr">
         <is>
           <t>germplasm characterization</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G97" t="inlineStr"/>
+      <c r="G97" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H97" t="inlineStr">
         <is>
           <t>BMS_20042</t>
         </is>
       </c>
       <c r="I97" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J97" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
           <t>2011-07-11 00:00:00</t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -16486,51 +16870,55 @@
       <c r="AU97" t="inlineStr"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr"/>
       <c r="B98" t="inlineStr">
         <is>
           <t>CO_335:0000554</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>SC</t>
         </is>
       </c>
       <c r="D98" t="inlineStr"/>
       <c r="E98" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G98" t="inlineStr"/>
+      <c r="G98" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H98" t="inlineStr">
         <is>
           <t>BMS_20094</t>
         </is>
       </c>
       <c r="I98" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J98" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -16659,51 +17047,55 @@
       <c r="AU98" t="inlineStr"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr"/>
       <c r="B99" t="inlineStr">
         <is>
           <t>CO_335:0000551</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>WC</t>
         </is>
       </c>
       <c r="D99" t="inlineStr"/>
       <c r="E99" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G99" t="inlineStr"/>
+      <c r="G99" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>BMS_20100</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J99" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -16832,51 +17224,55 @@
       <c r="AU99" t="inlineStr"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr"/>
       <c r="B100" t="inlineStr">
         <is>
           <t>CO_335:0000536</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>HP</t>
         </is>
       </c>
       <c r="D100" t="inlineStr"/>
       <c r="E100" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>V2</t>
         </is>
       </c>
-      <c r="G100" t="inlineStr"/>
+      <c r="G100" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>BMS_20151</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J100" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -16993,51 +17389,55 @@
       <c r="AU100" t="inlineStr"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr"/>
       <c r="B101" t="inlineStr">
         <is>
           <t>CO_335:0000037</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>MPDCOL</t>
         </is>
       </c>
       <c r="D101" t="inlineStr"/>
       <c r="E101" t="inlineStr">
         <is>
           <t>germplasm characterization</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>R9</t>
         </is>
       </c>
-      <c r="G101" t="inlineStr"/>
+      <c r="G101" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>BMS_20093</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J101" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -17166,51 +17566,55 @@
       <c r="AU101" t="inlineStr"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr"/>
       <c r="B102" t="inlineStr">
         <is>
           <t>CO_335:0000075</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>BRL</t>
         </is>
       </c>
       <c r="D102" t="inlineStr"/>
       <c r="E102" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>V2</t>
         </is>
       </c>
-      <c r="G102" t="inlineStr"/>
+      <c r="G102" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H102" t="inlineStr">
         <is>
           <t>BMS_20061</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J102" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -17315,51 +17719,55 @@
       <c r="AU102" t="inlineStr"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr"/>
       <c r="B103" t="inlineStr">
         <is>
           <t>CO_335:0000077</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>BRN</t>
         </is>
       </c>
       <c r="D103" t="inlineStr"/>
       <c r="E103" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>V2</t>
         </is>
       </c>
-      <c r="G103" t="inlineStr"/>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>BMS_20133</t>
         </is>
       </c>
       <c r="I103" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J103" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -17464,51 +17872,55 @@
       <c r="AU103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr"/>
       <c r="B104" t="inlineStr">
         <is>
           <t>CO_335:0000076</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>BRWN</t>
         </is>
       </c>
       <c r="D104" t="inlineStr"/>
       <c r="E104" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>V2</t>
         </is>
       </c>
-      <c r="G104" t="inlineStr"/>
+      <c r="G104" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H104" t="inlineStr">
         <is>
           <t>BMS_20134</t>
         </is>
       </c>
       <c r="I104" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J104" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -17613,51 +18025,55 @@
       <c r="AU104" t="inlineStr"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr"/>
       <c r="B105" t="inlineStr">
         <is>
           <t>CO_335:0000027</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>GH</t>
         </is>
       </c>
       <c r="D105" t="inlineStr"/>
       <c r="E105" t="inlineStr">
         <is>
           <t>germplasm characterization</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>R6,R7</t>
         </is>
       </c>
-      <c r="G105" t="inlineStr"/>
+      <c r="G105" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>BMS_20043</t>
         </is>
       </c>
       <c r="I105" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J105" t="inlineStr">
         <is>
           <t>Daniel Debouck</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
           <t>2011-07-12 00:00:00</t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -17782,51 +18198,55 @@
       <c r="AU105" t="inlineStr"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr"/>
       <c r="B106" t="inlineStr">
         <is>
           <t>CO_335:0000117</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>PDPOS</t>
         </is>
       </c>
       <c r="D106" t="inlineStr"/>
       <c r="E106" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G106" t="inlineStr"/>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H106" t="inlineStr">
         <is>
           <t>BMS_20099</t>
         </is>
       </c>
       <c r="I106" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J106" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -17951,51 +18371,55 @@
       <c r="AU106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr"/>
       <c r="B107" t="inlineStr">
         <is>
           <t>CO_335:0000521</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>PBO</t>
         </is>
       </c>
       <c r="D107" t="inlineStr"/>
       <c r="E107" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>R8</t>
         </is>
       </c>
-      <c r="G107" t="inlineStr"/>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H107" t="inlineStr">
         <is>
           <t>BMS_20171</t>
         </is>
       </c>
       <c r="I107" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J107" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -18112,51 +18536,55 @@
       <c r="AU107" t="inlineStr"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr"/>
       <c r="B108" t="inlineStr">
         <is>
           <t>CO_335:0000524</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>PBP</t>
         </is>
       </c>
       <c r="D108" t="inlineStr"/>
       <c r="E108" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>R8</t>
         </is>
       </c>
-      <c r="G108" t="inlineStr"/>
+      <c r="G108" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H108" t="inlineStr">
         <is>
           <t>BMS_20096</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J108" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -18269,51 +18697,55 @@
       <c r="AU108" t="inlineStr"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr"/>
       <c r="B109" t="inlineStr">
         <is>
           <t>CO_335:0000515</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>PCS</t>
         </is>
       </c>
       <c r="D109" t="inlineStr"/>
       <c r="E109" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>R8</t>
         </is>
       </c>
-      <c r="G109" t="inlineStr"/>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H109" t="inlineStr">
         <is>
           <t>BMS_20172</t>
         </is>
       </c>
       <c r="I109" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J109" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L109" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -18434,51 +18866,55 @@
       <c r="AU109" t="inlineStr"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr"/>
       <c r="B110" t="inlineStr">
         <is>
           <t>CO_335:0000530</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>PC</t>
         </is>
       </c>
       <c r="D110" t="inlineStr"/>
       <c r="E110" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>R8</t>
         </is>
       </c>
-      <c r="G110" t="inlineStr"/>
+      <c r="G110" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H110" t="inlineStr">
         <is>
           <t>BMS_20098</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J110" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -18599,51 +19035,55 @@
       <c r="AU110" t="inlineStr"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr"/>
       <c r="B111" t="inlineStr">
         <is>
           <t>CO_335:0000512</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>PL</t>
         </is>
       </c>
       <c r="D111" t="inlineStr"/>
       <c r="E111" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G111" t="inlineStr"/>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H111" t="inlineStr">
         <is>
           <t>BMS_20090</t>
         </is>
       </c>
       <c r="I111" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J111" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
           <t>2010-08-25 00:00:00</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -18748,51 +19188,55 @@
       <c r="AU111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr"/>
       <c r="B112" t="inlineStr">
         <is>
           <t>CO_335:0000518</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>PW</t>
         </is>
       </c>
       <c r="D112" t="inlineStr"/>
       <c r="E112" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G112" t="inlineStr"/>
+      <c r="G112" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H112" t="inlineStr">
         <is>
           <t>BMS_20101</t>
         </is>
       </c>
       <c r="I112" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J112" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -18897,51 +19341,55 @@
       <c r="AU112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr"/>
       <c r="B113" t="inlineStr">
         <is>
           <t>CO_335:0000058</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>SDBR</t>
         </is>
       </c>
       <c r="D113" t="inlineStr"/>
       <c r="E113" t="inlineStr">
         <is>
           <t>germplasm characterization</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G113" t="inlineStr"/>
+      <c r="G113" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H113" t="inlineStr">
         <is>
           <t>BMS_20044</t>
         </is>
       </c>
       <c r="I113" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J113" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -19058,51 +19506,55 @@
       <c r="AU113" t="inlineStr"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr"/>
       <c r="B114" t="inlineStr">
         <is>
           <t>CO_335:0000057</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>SCP</t>
         </is>
       </c>
       <c r="D114" t="inlineStr"/>
       <c r="E114" t="inlineStr">
         <is>
           <t>germplasm characterization</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G114" t="inlineStr"/>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H114" t="inlineStr">
         <is>
           <t>BMS_20037</t>
         </is>
       </c>
       <c r="I114" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J114" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K114" t="inlineStr"/>
       <c r="L114" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M114" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
@@ -19227,51 +19679,55 @@
       <c r="AU114" t="inlineStr"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr"/>
       <c r="B115" t="inlineStr">
         <is>
           <t>CO_335:0000503</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>SH</t>
         </is>
       </c>
       <c r="D115" t="inlineStr"/>
       <c r="E115" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>Harvest or later</t>
         </is>
       </c>
-      <c r="G115" t="inlineStr"/>
+      <c r="G115" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H115" t="inlineStr">
         <is>
           <t>BMS_20190</t>
         </is>
       </c>
       <c r="I115" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J115" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -19376,51 +19832,55 @@
       <c r="AU115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr"/>
       <c r="B116" t="inlineStr">
         <is>
           <t>CO_335:0000509</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>SL</t>
         </is>
       </c>
       <c r="D116" t="inlineStr"/>
       <c r="E116" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>Harvest or later</t>
         </is>
       </c>
-      <c r="G116" t="inlineStr"/>
+      <c r="G116" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H116" t="inlineStr">
         <is>
           <t>BMS_20203</t>
         </is>
       </c>
       <c r="I116" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J116" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -19525,51 +19985,55 @@
       <c r="AU116" t="inlineStr"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr"/>
       <c r="B117" t="inlineStr">
         <is>
           <t>CO_335:0000045</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>PSC</t>
         </is>
       </c>
       <c r="D117" t="inlineStr"/>
       <c r="E117" t="inlineStr">
         <is>
           <t>germplasm characterization</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G117" t="inlineStr"/>
+      <c r="G117" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H117" t="inlineStr">
         <is>
           <t>BMS_20035</t>
         </is>
       </c>
       <c r="I117" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J117" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K117" t="inlineStr"/>
       <c r="L117" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M117" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
@@ -19706,51 +20170,55 @@
       <c r="AU117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr"/>
       <c r="B118" t="inlineStr">
         <is>
           <t>CO_335:0001212</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>PSC_CompRank_Bl3</t>
         </is>
       </c>
       <c r="D118" t="inlineStr"/>
       <c r="E118" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G118" t="inlineStr"/>
+      <c r="G118" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H118" t="inlineStr"/>
       <c r="I118" t="inlineStr"/>
       <c r="J118" t="inlineStr"/>
       <c r="K118" t="inlineStr"/>
       <c r="L118" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M118" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N118" t="inlineStr">
         <is>
           <t>CO_335:0000862</t>
         </is>
       </c>
       <c r="O118" t="inlineStr">
         <is>
           <t>Seed primary color</t>
         </is>
       </c>
       <c r="P118" t="inlineStr">
@@ -19839,51 +20307,55 @@
       <c r="AU118" t="inlineStr"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr"/>
       <c r="B119" t="inlineStr">
         <is>
           <t>CO_335:0000061</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>SSC</t>
         </is>
       </c>
       <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>germplasm characterization</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G119" t="inlineStr"/>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H119" t="inlineStr">
         <is>
           <t>BMS_20036</t>
         </is>
       </c>
       <c r="I119" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J119" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K119" t="inlineStr"/>
       <c r="L119" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M119" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
@@ -20020,51 +20492,55 @@
       <c r="AU119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr"/>
       <c r="B120" t="inlineStr">
         <is>
           <t>CO_335:0000557</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>SS</t>
         </is>
       </c>
       <c r="D120" t="inlineStr"/>
       <c r="E120" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G120" t="inlineStr"/>
+      <c r="G120" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H120" t="inlineStr">
         <is>
           <t>BMS_20207</t>
         </is>
       </c>
       <c r="I120" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J120" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L120" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -20193,51 +20669,55 @@
       <c r="AU120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr"/>
       <c r="B121" t="inlineStr">
         <is>
           <t>CO_335:0000506</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>SW</t>
         </is>
       </c>
       <c r="D121" t="inlineStr"/>
       <c r="E121" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>Harvest or later</t>
         </is>
       </c>
-      <c r="G121" t="inlineStr"/>
+      <c r="G121" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H121" t="inlineStr">
         <is>
           <t>BMS_20209</t>
         </is>
       </c>
       <c r="I121" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J121" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -20342,51 +20822,55 @@
       <c r="AU121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr"/>
       <c r="B122" t="inlineStr">
         <is>
           <t>CO_335:0000560</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>SP</t>
         </is>
       </c>
       <c r="D122" t="inlineStr"/>
       <c r="E122" t="inlineStr">
         <is>
           <t>Germplasm characterization</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>R6,R7</t>
         </is>
       </c>
-      <c r="G122" t="inlineStr"/>
+      <c r="G122" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>BMS_20204</t>
         </is>
       </c>
       <c r="I122" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J122" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -20499,51 +20983,55 @@
           <t>4= Variable (specify)</t>
         </is>
       </c>
       <c r="AP122" t="inlineStr"/>
       <c r="AQ122" t="inlineStr"/>
       <c r="AR122" t="inlineStr"/>
       <c r="AS122" t="inlineStr"/>
       <c r="AT122" t="inlineStr"/>
       <c r="AU122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr"/>
       <c r="B123" t="inlineStr">
         <is>
           <t>CO_335:0001023</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>FDATE</t>
         </is>
       </c>
       <c r="D123" t="inlineStr"/>
       <c r="E123" t="inlineStr"/>
       <c r="F123" t="inlineStr"/>
-      <c r="G123" t="inlineStr"/>
+      <c r="G123" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H123" t="inlineStr"/>
       <c r="I123" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J123" t="inlineStr"/>
       <c r="K123" t="inlineStr"/>
       <c r="L123" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M123" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N123" t="inlineStr">
         <is>
           <t>CO_335:0001024</t>
         </is>
       </c>
       <c r="O123" t="inlineStr">
         <is>
@@ -20628,51 +21116,55 @@
       <c r="AM123" t="inlineStr"/>
       <c r="AN123" t="inlineStr"/>
       <c r="AO123" t="inlineStr"/>
       <c r="AP123" t="inlineStr"/>
       <c r="AQ123" t="inlineStr"/>
       <c r="AR123" t="inlineStr"/>
       <c r="AS123" t="inlineStr"/>
       <c r="AT123" t="inlineStr"/>
       <c r="AU123" t="inlineStr"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr"/>
       <c r="B124" t="inlineStr">
         <is>
           <t>CO_335:0001027</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>PMDATE</t>
         </is>
       </c>
       <c r="D124" t="inlineStr"/>
       <c r="E124" t="inlineStr"/>
       <c r="F124" t="inlineStr"/>
-      <c r="G124" t="inlineStr"/>
+      <c r="G124" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H124" t="inlineStr"/>
       <c r="I124" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J124" t="inlineStr"/>
       <c r="K124" t="inlineStr"/>
       <c r="L124" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M124" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N124" t="inlineStr">
         <is>
           <t>CO_335:0001028</t>
         </is>
       </c>
       <c r="O124" t="inlineStr">
         <is>
@@ -20761,51 +21253,55 @@
       <c r="AQ124" t="inlineStr"/>
       <c r="AR124" t="inlineStr"/>
       <c r="AS124" t="inlineStr"/>
       <c r="AT124" t="inlineStr"/>
       <c r="AU124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr"/>
       <c r="B125" t="inlineStr">
         <is>
           <t>CO_335:0001215</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>PMDATE_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D125" t="inlineStr"/>
       <c r="E125" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F125" t="inlineStr"/>
-      <c r="G125" t="inlineStr"/>
+      <c r="G125" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H125" t="inlineStr"/>
       <c r="I125" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J125" t="inlineStr"/>
       <c r="K125" t="inlineStr"/>
       <c r="L125" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M125" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N125" t="inlineStr">
         <is>
           <t>CO_335:0000872</t>
         </is>
       </c>
       <c r="O125" t="inlineStr">
         <is>
@@ -20914,51 +21410,55 @@
       <c r="AU125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr"/>
       <c r="B126" t="inlineStr">
         <is>
           <t>CO_335:0000021</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>DF</t>
         </is>
       </c>
       <c r="D126" t="inlineStr"/>
       <c r="E126" t="inlineStr">
         <is>
           <t>Physiology studies, Selection in breeding</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G126" t="inlineStr"/>
+      <c r="G126" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>BMS_20018</t>
         </is>
       </c>
       <c r="I126" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J126" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K126" t="inlineStr"/>
       <c r="L126" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M126" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
@@ -21063,51 +21563,55 @@
       <c r="AU126" t="inlineStr"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr"/>
       <c r="B127" t="inlineStr">
         <is>
           <t>CO_335:0000022</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>DPM</t>
         </is>
       </c>
       <c r="D127" t="inlineStr"/>
       <c r="E127" t="inlineStr">
         <is>
           <t>Physiology studies, Selection in breeding</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>R9</t>
         </is>
       </c>
-      <c r="G127" t="inlineStr"/>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H127" t="inlineStr">
         <is>
           <t>BMS_20079</t>
         </is>
       </c>
       <c r="I127" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J127" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K127" t="inlineStr"/>
       <c r="L127" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M127" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
@@ -21208,51 +21712,55 @@
       <c r="AQ127" t="inlineStr"/>
       <c r="AR127" t="inlineStr"/>
       <c r="AS127" t="inlineStr"/>
       <c r="AT127" t="inlineStr"/>
       <c r="AU127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr"/>
       <c r="B128" t="inlineStr">
         <is>
           <t>CO_335:0000029</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>GRSTG</t>
         </is>
       </c>
       <c r="D128" t="inlineStr"/>
       <c r="E128" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F128" t="inlineStr"/>
-      <c r="G128" t="inlineStr"/>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H128" t="inlineStr">
         <is>
           <t>BMS_20150</t>
         </is>
       </c>
       <c r="I128" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J128" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K128" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L128" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -21397,51 +21905,55 @@
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr"/>
       <c r="B129" t="inlineStr">
         <is>
           <t>CO_335:0000019</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>CT</t>
         </is>
       </c>
       <c r="D129" t="inlineStr"/>
       <c r="E129" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G129" t="inlineStr"/>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H129" t="inlineStr">
         <is>
           <t>BMS_20045</t>
         </is>
       </c>
       <c r="I129" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J129" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K129" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L129" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -21546,51 +22058,55 @@
       <c r="AU129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr"/>
       <c r="B130" t="inlineStr">
         <is>
           <t>CO_335:0000020</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>CTD</t>
         </is>
       </c>
       <c r="D130" t="inlineStr"/>
       <c r="E130" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G130" t="inlineStr"/>
+      <c r="G130" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H130" t="inlineStr">
         <is>
           <t>BMS_20046</t>
         </is>
       </c>
       <c r="I130" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J130" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K130" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L130" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -21695,51 +22211,55 @@
       <c r="AU130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr"/>
       <c r="B131" t="inlineStr">
         <is>
           <t>CO_335:0000071</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>AWE</t>
         </is>
       </c>
       <c r="D131" t="inlineStr"/>
       <c r="E131" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G131" t="inlineStr"/>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H131" t="inlineStr">
         <is>
           <t>BMS_20126</t>
         </is>
       </c>
       <c r="I131" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J131" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L131" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -21844,51 +22364,55 @@
       <c r="AU131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr"/>
       <c r="B132" t="inlineStr">
         <is>
           <t>CO_335:0000092</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>ET</t>
         </is>
       </c>
       <c r="D132" t="inlineStr"/>
       <c r="E132" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>V0-R9</t>
         </is>
       </c>
-      <c r="G132" t="inlineStr"/>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H132" t="inlineStr">
         <is>
           <t>BMS_20068</t>
         </is>
       </c>
       <c r="I132" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J132" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -21993,51 +22517,55 @@
       <c r="AU132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr"/>
       <c r="B133" t="inlineStr">
         <is>
           <t>CO_335:0000749</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>L15NNA</t>
         </is>
       </c>
       <c r="D133" t="inlineStr"/>
       <c r="E133" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G133" t="inlineStr"/>
+      <c r="G133" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>BMS_20154</t>
         </is>
       </c>
       <c r="I133" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J133" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -22142,51 +22670,55 @@
       <c r="AU133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr"/>
       <c r="B134" t="inlineStr">
         <is>
           <t>CO_335:0000467</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>CIDL</t>
         </is>
       </c>
       <c r="D134" t="inlineStr"/>
       <c r="E134" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G134" t="inlineStr"/>
+      <c r="G134" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>BMS_20137</t>
         </is>
       </c>
       <c r="I134" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J134" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -22291,51 +22823,55 @@
       <c r="AU134" t="inlineStr"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr"/>
       <c r="B135" t="inlineStr">
         <is>
           <t>CO_335:0000055</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>SCMR</t>
         </is>
       </c>
       <c r="D135" t="inlineStr"/>
       <c r="E135" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G135" t="inlineStr"/>
+      <c r="G135" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H135" t="inlineStr">
         <is>
           <t>BMS_20115</t>
         </is>
       </c>
       <c r="I135" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J135" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -22444,51 +22980,55 @@
       <c r="AU135" t="inlineStr"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr"/>
       <c r="B136" t="inlineStr">
         <is>
           <t>CO_335:0000761</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>LL</t>
         </is>
       </c>
       <c r="D136" t="inlineStr"/>
       <c r="E136" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G136" t="inlineStr"/>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>BMS_20158</t>
         </is>
       </c>
       <c r="I136" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J136" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L136" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -22629,51 +23169,55 @@
       <c r="AU136" t="inlineStr"/>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr"/>
       <c r="B137" t="inlineStr">
         <is>
           <t>CO_335:0000596</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>LP</t>
         </is>
       </c>
       <c r="D137" t="inlineStr"/>
       <c r="E137" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>When 90% of pods in plot are dry</t>
         </is>
       </c>
-      <c r="G137" t="inlineStr"/>
+      <c r="G137" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H137" t="inlineStr">
         <is>
           <t>BMS_20159</t>
         </is>
       </c>
       <c r="I137" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J137" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
           <t>2011-07-06 00:00:00</t>
         </is>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -22790,51 +23334,55 @@
       <c r="AU137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr"/>
       <c r="B138" t="inlineStr">
         <is>
           <t>CO_335:0000104</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>FVFM</t>
         </is>
       </c>
       <c r="D138" t="inlineStr"/>
       <c r="E138" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>V4-R8</t>
         </is>
       </c>
-      <c r="G138" t="inlineStr"/>
+      <c r="G138" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H138" t="inlineStr">
         <is>
           <t>BMS_20047</t>
         </is>
       </c>
       <c r="I138" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -22939,51 +23487,55 @@
       <c r="AU138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr"/>
       <c r="B139" t="inlineStr">
         <is>
           <t>CO_335:0000120</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>RWC</t>
         </is>
       </c>
       <c r="D139" t="inlineStr"/>
       <c r="E139" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>Flowering</t>
         </is>
       </c>
-      <c r="G139" t="inlineStr"/>
+      <c r="G139" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H139" t="inlineStr">
         <is>
           <t>BMS_20184</t>
         </is>
       </c>
       <c r="I139" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -23088,51 +23640,55 @@
       <c r="AU139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr"/>
       <c r="B140" t="inlineStr">
         <is>
           <t>CO_335:0000056</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>SCOND</t>
         </is>
       </c>
       <c r="D140" t="inlineStr"/>
       <c r="E140" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G140" t="inlineStr"/>
+      <c r="G140" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H140" t="inlineStr">
         <is>
           <t>BMS_20048</t>
         </is>
       </c>
       <c r="I140" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J140" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -23237,51 +23793,55 @@
       <c r="AU140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr"/>
       <c r="B141" t="inlineStr">
         <is>
           <t>CO_335:0000623</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>TNCLF</t>
         </is>
       </c>
       <c r="D141" t="inlineStr"/>
       <c r="E141" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>Mid-podfill</t>
         </is>
       </c>
-      <c r="G141" t="inlineStr"/>
+      <c r="G141" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H141" t="inlineStr">
         <is>
           <t>BMS_20210</t>
         </is>
       </c>
       <c r="I141" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -23386,51 +23946,55 @@
       <c r="AU141" t="inlineStr"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr"/>
       <c r="B142" t="inlineStr">
         <is>
           <t>CO_335:0000584</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>NENBB</t>
         </is>
       </c>
       <c r="D142" t="inlineStr"/>
       <c r="E142" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G142" t="inlineStr"/>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H142" t="inlineStr">
         <is>
           <t>BMS_20164</t>
         </is>
       </c>
       <c r="I142" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -23575,51 +24139,55 @@
       <c r="AU142" t="inlineStr"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr"/>
       <c r="B143" t="inlineStr">
         <is>
           <t>CO_335:0000587</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>NENCB</t>
         </is>
       </c>
       <c r="D143" t="inlineStr"/>
       <c r="E143" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G143" t="inlineStr"/>
+      <c r="G143" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H143" t="inlineStr">
         <is>
           <t>BMS_20165</t>
         </is>
       </c>
       <c r="I143" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J143" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -23764,51 +24332,55 @@
       <c r="AU143" t="inlineStr"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr"/>
       <c r="B144" t="inlineStr">
         <is>
           <t>CO_335:0000599</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>PHOR</t>
         </is>
       </c>
       <c r="D144" t="inlineStr"/>
       <c r="E144" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>R6</t>
         </is>
       </c>
-      <c r="G144" t="inlineStr"/>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H144" t="inlineStr">
         <is>
           <t>BMS_20173</t>
         </is>
       </c>
       <c r="I144" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
           <t>2011-07-18 00:00:00</t>
         </is>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -23945,51 +24517,55 @@
       <c r="AU144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr"/>
       <c r="B145" t="inlineStr">
         <is>
           <t>CO_335:0000755</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>NNF</t>
         </is>
       </c>
       <c r="D145" t="inlineStr"/>
       <c r="E145" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>R7,R8</t>
         </is>
       </c>
-      <c r="G145" t="inlineStr"/>
+      <c r="G145" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H145" t="inlineStr">
         <is>
           <t>BMS_20166</t>
         </is>
       </c>
       <c r="I145" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J145" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L145" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -24094,51 +24670,55 @@
       <c r="AU145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr"/>
       <c r="B146" t="inlineStr">
         <is>
           <t>CO_335:0000758</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>NWF</t>
         </is>
       </c>
       <c r="D146" t="inlineStr"/>
       <c r="E146" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>R7,R8</t>
         </is>
       </c>
-      <c r="G146" t="inlineStr"/>
+      <c r="G146" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>BMS_20169</t>
         </is>
       </c>
       <c r="I146" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J146" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L146" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -24243,51 +24823,55 @@
       <c r="AU146" t="inlineStr"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr"/>
       <c r="B147" t="inlineStr">
         <is>
           <t>CO_335:0000067</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>WILTS</t>
         </is>
       </c>
       <c r="D147" t="inlineStr"/>
       <c r="E147" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>R8, Mid-podfill</t>
         </is>
       </c>
-      <c r="G147" t="inlineStr"/>
+      <c r="G147" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H147" t="inlineStr">
         <is>
           <t>BMS_20067</t>
         </is>
       </c>
       <c r="I147" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -24428,51 +25012,55 @@
       <c r="AU147" t="inlineStr"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr"/>
       <c r="B148" t="inlineStr">
         <is>
           <t>CO_335:0000671</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>PPE</t>
         </is>
       </c>
       <c r="D148" t="inlineStr"/>
       <c r="E148" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill), Harvest</t>
         </is>
       </c>
-      <c r="G148" t="inlineStr"/>
+      <c r="G148" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>BMS_20176</t>
         </is>
       </c>
       <c r="I148" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -24577,51 +25165,55 @@
       <c r="AU148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr"/>
       <c r="B149" t="inlineStr">
         <is>
           <t>CO_335:0000659</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>PWBP</t>
         </is>
       </c>
       <c r="D149" t="inlineStr"/>
       <c r="E149" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G149" t="inlineStr"/>
+      <c r="G149" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>BMS_20179</t>
         </is>
       </c>
       <c r="I149" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J149" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -24726,51 +25318,55 @@
       <c r="AU149" t="inlineStr"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr"/>
       <c r="B150" t="inlineStr">
         <is>
           <t>CO_335:0000752</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>G15NNA</t>
         </is>
       </c>
       <c r="D150" t="inlineStr"/>
       <c r="E150" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G150" t="inlineStr"/>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H150" t="inlineStr">
         <is>
           <t>BMS_20147</t>
         </is>
       </c>
       <c r="I150" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J150" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
           <t>2012-10-01 00:00:00</t>
         </is>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -24875,51 +25471,55 @@
       <c r="AU150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr"/>
       <c r="B151" t="inlineStr">
         <is>
           <t>CO_335:0000716</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>CSEED</t>
         </is>
       </c>
       <c r="D151" t="inlineStr"/>
       <c r="E151" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G151" t="inlineStr"/>
+      <c r="G151" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>BMS_20139</t>
         </is>
       </c>
       <c r="I151" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J151" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -25024,51 +25624,55 @@
       <c r="AU151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr"/>
       <c r="B152" t="inlineStr">
         <is>
           <t>CO_335:0000464</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>CIDG</t>
         </is>
       </c>
       <c r="D152" t="inlineStr"/>
       <c r="E152" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G152" t="inlineStr"/>
+      <c r="G152" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H152" t="inlineStr">
         <is>
           <t>BMS_20136</t>
         </is>
       </c>
       <c r="I152" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J152" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -25173,51 +25777,55 @@
       <c r="AU152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr"/>
       <c r="B153" t="inlineStr">
         <is>
           <t>CO_335:0000662</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>GFI</t>
         </is>
       </c>
       <c r="D153" t="inlineStr"/>
       <c r="E153" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G153" t="inlineStr"/>
+      <c r="G153" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H153" t="inlineStr">
         <is>
           <t>BMS_20148</t>
         </is>
       </c>
       <c r="I153" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J153" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -25322,51 +25930,55 @@
       <c r="AU153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr"/>
       <c r="B154" t="inlineStr">
         <is>
           <t>CO_335:0000719</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>MSEED</t>
         </is>
       </c>
       <c r="D154" t="inlineStr"/>
       <c r="E154" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G154" t="inlineStr"/>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H154" t="inlineStr">
         <is>
           <t>BMS_20162</t>
         </is>
       </c>
       <c r="I154" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J154" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -25471,51 +26083,55 @@
       <c r="AU154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr"/>
       <c r="B155" t="inlineStr">
         <is>
           <t>CO_335:0000710</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>NSEED</t>
         </is>
       </c>
       <c r="D155" t="inlineStr"/>
       <c r="E155" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G155" t="inlineStr"/>
+      <c r="G155" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H155" t="inlineStr">
         <is>
           <t>BMS_20167</t>
         </is>
       </c>
       <c r="I155" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J155" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -25620,51 +26236,55 @@
       <c r="AU155" t="inlineStr"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr"/>
       <c r="B156" t="inlineStr">
         <is>
           <t>CO_335:0000713</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>KSEED</t>
         </is>
       </c>
       <c r="D156" t="inlineStr"/>
       <c r="E156" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G156" t="inlineStr"/>
+      <c r="G156" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>BMS_20152</t>
         </is>
       </c>
       <c r="I156" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J156" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -25769,51 +26389,55 @@
       <c r="AU156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr"/>
       <c r="B157" t="inlineStr">
         <is>
           <t>CO_335:0000668</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>SPE</t>
         </is>
       </c>
       <c r="D157" t="inlineStr"/>
       <c r="E157" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill), Harvest</t>
         </is>
       </c>
-      <c r="G157" t="inlineStr"/>
+      <c r="G157" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H157" t="inlineStr">
         <is>
           <t>BMS_20205</t>
         </is>
       </c>
       <c r="I157" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J157" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -25918,51 +26542,55 @@
       <c r="AU157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr"/>
       <c r="B158" t="inlineStr">
         <is>
           <t>CO_335:0000614</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>TNCS</t>
         </is>
       </c>
       <c r="D158" t="inlineStr"/>
       <c r="E158" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G158" t="inlineStr"/>
+      <c r="G158" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H158" t="inlineStr">
         <is>
           <t>BMS_20212</t>
         </is>
       </c>
       <c r="I158" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J158" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -26067,51 +26695,55 @@
       <c r="AU158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr"/>
       <c r="B159" t="inlineStr">
         <is>
           <t>CO_335:0000665</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>YPE</t>
         </is>
       </c>
       <c r="D159" t="inlineStr"/>
       <c r="E159" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill), Harvest</t>
         </is>
       </c>
-      <c r="G159" t="inlineStr"/>
+      <c r="G159" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H159" t="inlineStr">
         <is>
           <t>BMS_20225</t>
         </is>
       </c>
       <c r="I159" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J159" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
           <t>2012-08-01 00:00:00</t>
         </is>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -26216,51 +26848,55 @@
       <c r="AU159" t="inlineStr"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr"/>
       <c r="B160" t="inlineStr">
         <is>
           <t>CO_335:0000689</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>SHCCF</t>
         </is>
       </c>
       <c r="D160" t="inlineStr"/>
       <c r="E160" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G160" t="inlineStr"/>
+      <c r="G160" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H160" t="inlineStr">
         <is>
           <t>BMS_20193</t>
         </is>
       </c>
       <c r="I160" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J160" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K160" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L160" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -26365,51 +27001,55 @@
       <c r="AU160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr"/>
       <c r="B161" t="inlineStr">
         <is>
           <t>CO_335:0000692</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>SHMCF</t>
         </is>
       </c>
       <c r="D161" t="inlineStr"/>
       <c r="E161" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G161" t="inlineStr"/>
+      <c r="G161" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H161" t="inlineStr">
         <is>
           <t>BMS_20195</t>
         </is>
       </c>
       <c r="I161" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J161" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K161" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L161" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -26514,51 +27154,55 @@
       <c r="AU161" t="inlineStr"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr"/>
       <c r="B162" t="inlineStr">
         <is>
           <t>CO_335:0000683</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>SHNCF</t>
         </is>
       </c>
       <c r="D162" t="inlineStr"/>
       <c r="E162" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G162" t="inlineStr"/>
+      <c r="G162" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H162" t="inlineStr">
         <is>
           <t>BMS_20197</t>
         </is>
       </c>
       <c r="I162" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J162" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K162" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L162" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -26663,51 +27307,55 @@
       <c r="AU162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr"/>
       <c r="B163" t="inlineStr">
         <is>
           <t>CO_335:0000680</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>SHPHCF</t>
         </is>
       </c>
       <c r="D163" t="inlineStr"/>
       <c r="E163" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G163" t="inlineStr"/>
+      <c r="G163" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H163" t="inlineStr">
         <is>
           <t>BMS_20201</t>
         </is>
       </c>
       <c r="I163" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J163" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K163" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L163" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -26812,51 +27460,55 @@
       <c r="AU163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr"/>
       <c r="B164" t="inlineStr">
         <is>
           <t>CO_335:0000686</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>SHPCF</t>
         </is>
       </c>
       <c r="D164" t="inlineStr"/>
       <c r="E164" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill)</t>
         </is>
       </c>
-      <c r="G164" t="inlineStr"/>
+      <c r="G164" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H164" t="inlineStr">
         <is>
           <t>BMS_20199</t>
         </is>
       </c>
       <c r="I164" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J164" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K164" t="inlineStr">
         <is>
           <t>2012-09-01 00:00:00</t>
         </is>
       </c>
       <c r="L164" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -26961,51 +27613,55 @@
       <c r="AU164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr"/>
       <c r="B165" t="inlineStr">
         <is>
           <t>CO_335:0000629</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>TNCSHF</t>
         </is>
       </c>
       <c r="D165" t="inlineStr"/>
       <c r="E165" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>Mid-podfill</t>
         </is>
       </c>
-      <c r="G165" t="inlineStr"/>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H165" t="inlineStr">
         <is>
           <t>BMS_20213</t>
         </is>
       </c>
       <c r="I165" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J165" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K165" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L165" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -27110,51 +27766,55 @@
       <c r="AU165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr"/>
       <c r="B166" t="inlineStr">
         <is>
           <t>CO_335:0000617</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>TNCSTF</t>
         </is>
       </c>
       <c r="D166" t="inlineStr"/>
       <c r="E166" t="inlineStr">
         <is>
           <t>Physiology studies</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>R8 (Mid-podfill), Harvest</t>
         </is>
       </c>
-      <c r="G166" t="inlineStr"/>
+      <c r="G166" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H166" t="inlineStr">
         <is>
           <t>BMS_20215</t>
         </is>
       </c>
       <c r="I166" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J166" t="inlineStr">
         <is>
           <t>I. M. Rao</t>
         </is>
       </c>
       <c r="K166" t="inlineStr">
         <is>
           <t>2011-06-10 00:00:00</t>
         </is>
       </c>
       <c r="L166" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -27259,51 +27919,55 @@
       <c r="AU166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr"/>
       <c r="B167" t="inlineStr">
         <is>
           <t>CO_335:0000018</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>COOKT</t>
         </is>
       </c>
       <c r="D167" t="inlineStr"/>
       <c r="E167" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>Harvest or later</t>
         </is>
       </c>
-      <c r="G167" t="inlineStr"/>
+      <c r="G167" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H167" t="inlineStr">
         <is>
           <t>BMS_20066</t>
         </is>
       </c>
       <c r="I167" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J167" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K167" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L167" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -27408,51 +28072,55 @@
       <c r="AU167" t="inlineStr"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr"/>
       <c r="B168" t="inlineStr">
         <is>
           <t>CO_335:0001216</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>COOKT_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D168" t="inlineStr"/>
       <c r="E168" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>Harvest or later</t>
         </is>
       </c>
-      <c r="G168" t="inlineStr"/>
+      <c r="G168" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H168" t="inlineStr"/>
       <c r="I168" t="inlineStr"/>
       <c r="J168" t="inlineStr"/>
       <c r="K168" t="inlineStr"/>
       <c r="L168" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M168" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N168" t="inlineStr">
         <is>
           <t>CO_335:0000914</t>
         </is>
       </c>
       <c r="O168" t="inlineStr">
         <is>
           <t>Seed cooking time</t>
         </is>
       </c>
       <c r="P168" t="inlineStr">
@@ -27553,51 +28221,55 @@
       <c r="AU168" t="inlineStr"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr"/>
       <c r="B169" t="inlineStr">
         <is>
           <t>CO_335:0000023</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>FESEED</t>
         </is>
       </c>
       <c r="D169" t="inlineStr"/>
       <c r="E169" t="inlineStr">
         <is>
           <t>Nutritional quality, Selection in breeding</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G169" t="inlineStr"/>
+      <c r="G169" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H169" t="inlineStr">
         <is>
           <t>BMS_20063</t>
         </is>
       </c>
       <c r="I169" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J169" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K169" t="inlineStr">
         <is>
           <t>2011-07-11 00:00:00</t>
         </is>
       </c>
       <c r="L169" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -27702,51 +28374,55 @@
       <c r="AU169" t="inlineStr"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr"/>
       <c r="B170" t="inlineStr">
         <is>
           <t>CO_335:0000046</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>PSEED</t>
         </is>
       </c>
       <c r="D170" t="inlineStr"/>
       <c r="E170" t="inlineStr">
         <is>
           <t>Physiology studies, nutritional quality</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G170" t="inlineStr"/>
+      <c r="G170" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H170" t="inlineStr">
         <is>
           <t>BMS_20065</t>
         </is>
       </c>
       <c r="I170" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J170" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K170" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L170" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -27851,51 +28527,55 @@
       <c r="AU170" t="inlineStr"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr"/>
       <c r="B171" t="inlineStr">
         <is>
           <t>CO_335:0000593</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>SDPRO</t>
         </is>
       </c>
       <c r="D171" t="inlineStr"/>
       <c r="E171" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G171" t="inlineStr"/>
+      <c r="G171" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H171" t="inlineStr">
         <is>
           <t>BMS_20062</t>
         </is>
       </c>
       <c r="I171" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J171" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K171" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L171" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -28000,51 +28680,55 @@
       <c r="AU171" t="inlineStr"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr"/>
       <c r="B172" t="inlineStr">
         <is>
           <t>CO_335:0000590</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>SDPHY</t>
         </is>
       </c>
       <c r="D172" t="inlineStr"/>
       <c r="E172" t="inlineStr">
         <is>
           <t>Selection in breeding</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>Harvest</t>
         </is>
       </c>
-      <c r="G172" t="inlineStr"/>
+      <c r="G172" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H172" t="inlineStr">
         <is>
           <t>BMS_20189</t>
         </is>
       </c>
       <c r="I172" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J172" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K172" t="inlineStr">
         <is>
           <t>2010-09-14 00:00:00</t>
         </is>
       </c>
       <c r="L172" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -28149,51 +28833,55 @@
       <c r="AU172" t="inlineStr"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr"/>
       <c r="B173" t="inlineStr">
         <is>
           <t>CO_335:0000070</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>ZNSEED</t>
         </is>
       </c>
       <c r="D173" t="inlineStr"/>
       <c r="E173" t="inlineStr">
         <is>
           <t>Nutritional quality, Selection in breeding</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G173" t="inlineStr"/>
+      <c r="G173" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H173" t="inlineStr">
         <is>
           <t>BMS_20064</t>
         </is>
       </c>
       <c r="I173" t="inlineStr">
         <is>
           <t>CIAT</t>
         </is>
       </c>
       <c r="J173" t="inlineStr">
         <is>
           <t>Stephen Beebe</t>
         </is>
       </c>
       <c r="K173" t="inlineStr">
         <is>
           <t>2011-07-11 00:00:00</t>
         </is>
       </c>
       <c r="L173" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
@@ -28294,51 +28982,55 @@
       <c r="AQ173" t="inlineStr"/>
       <c r="AR173" t="inlineStr"/>
       <c r="AS173" t="inlineStr"/>
       <c r="AT173" t="inlineStr"/>
       <c r="AU173" t="inlineStr"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr"/>
       <c r="B174" t="inlineStr">
         <is>
           <t>CO_335:0001217</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>LeafQual_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D174" t="inlineStr"/>
       <c r="E174" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F174" t="inlineStr"/>
-      <c r="G174" t="inlineStr"/>
+      <c r="G174" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H174" t="inlineStr"/>
       <c r="I174" t="inlineStr"/>
       <c r="J174" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K174" t="inlineStr"/>
       <c r="L174" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M174" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N174" t="inlineStr">
         <is>
           <t>CO_335:0001218</t>
         </is>
       </c>
       <c r="O174" t="inlineStr">
         <is>
@@ -28435,51 +29127,55 @@
       <c r="AQ174" t="inlineStr"/>
       <c r="AR174" t="inlineStr"/>
       <c r="AS174" t="inlineStr"/>
       <c r="AT174" t="inlineStr"/>
       <c r="AU174" t="inlineStr"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr"/>
       <c r="B175" t="inlineStr">
         <is>
           <t>CO_335:0001219</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>SdQualG_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D175" t="inlineStr"/>
       <c r="E175" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F175" t="inlineStr"/>
-      <c r="G175" t="inlineStr"/>
+      <c r="G175" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H175" t="inlineStr"/>
       <c r="I175" t="inlineStr"/>
       <c r="J175" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K175" t="inlineStr"/>
       <c r="L175" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M175" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N175" t="inlineStr">
         <is>
           <t>CO_335:0001220</t>
         </is>
       </c>
       <c r="O175" t="inlineStr">
         <is>
@@ -28576,51 +29272,55 @@
       <c r="AQ175" t="inlineStr"/>
       <c r="AR175" t="inlineStr"/>
       <c r="AS175" t="inlineStr"/>
       <c r="AT175" t="inlineStr"/>
       <c r="AU175" t="inlineStr"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr"/>
       <c r="B176" t="inlineStr">
         <is>
           <t>CO_335:0001221</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Taste_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D176" t="inlineStr"/>
       <c r="E176" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F176" t="inlineStr"/>
-      <c r="G176" t="inlineStr"/>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H176" t="inlineStr"/>
       <c r="I176" t="inlineStr"/>
       <c r="J176" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K176" t="inlineStr"/>
       <c r="L176" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M176" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N176" t="inlineStr">
         <is>
           <t>CO_335:0001222</t>
         </is>
       </c>
       <c r="O176" t="inlineStr">
         <is>
@@ -28717,51 +29417,55 @@
       <c r="AQ176" t="inlineStr"/>
       <c r="AR176" t="inlineStr"/>
       <c r="AS176" t="inlineStr"/>
       <c r="AT176" t="inlineStr"/>
       <c r="AU176" t="inlineStr"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr"/>
       <c r="B177" t="inlineStr">
         <is>
           <t>CO_335:0001223</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>MarkT_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D177" t="inlineStr"/>
       <c r="E177" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F177" t="inlineStr"/>
-      <c r="G177" t="inlineStr"/>
+      <c r="G177" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H177" t="inlineStr"/>
       <c r="I177" t="inlineStr"/>
       <c r="J177" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K177" t="inlineStr"/>
       <c r="L177" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M177" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N177" t="inlineStr">
         <is>
           <t>CO_335:0001224</t>
         </is>
       </c>
       <c r="O177" t="inlineStr">
         <is>
@@ -28862,51 +29566,55 @@
       <c r="AU177" t="inlineStr"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr"/>
       <c r="B178" t="inlineStr">
         <is>
           <t>CO_335:0001225</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>OvPerf_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D178" t="inlineStr"/>
       <c r="E178" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G178" t="inlineStr"/>
+      <c r="G178" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H178" t="inlineStr"/>
       <c r="I178" t="inlineStr"/>
       <c r="J178" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K178" t="inlineStr"/>
       <c r="L178" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M178" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N178" t="inlineStr">
         <is>
           <t>CO_335:0001226</t>
         </is>
       </c>
       <c r="O178" t="inlineStr">
         <is>
@@ -29003,51 +29711,55 @@
       <c r="AQ178" t="inlineStr"/>
       <c r="AR178" t="inlineStr"/>
       <c r="AS178" t="inlineStr"/>
       <c r="AT178" t="inlineStr"/>
       <c r="AU178" t="inlineStr"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr"/>
       <c r="B179" t="inlineStr">
         <is>
           <t>CO_335:0001227</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Taste_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D179" t="inlineStr"/>
       <c r="E179" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F179" t="inlineStr"/>
-      <c r="G179" t="inlineStr"/>
+      <c r="G179" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H179" t="inlineStr"/>
       <c r="I179" t="inlineStr"/>
       <c r="J179" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K179" t="inlineStr"/>
       <c r="L179" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M179" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N179" t="inlineStr">
         <is>
           <t>CO_335:0001228</t>
         </is>
       </c>
       <c r="O179" t="inlineStr">
         <is>
@@ -29144,51 +29856,55 @@
       <c r="AQ179" t="inlineStr"/>
       <c r="AR179" t="inlineStr"/>
       <c r="AS179" t="inlineStr"/>
       <c r="AT179" t="inlineStr"/>
       <c r="AU179" t="inlineStr"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr"/>
       <c r="B180" t="inlineStr">
         <is>
           <t>CO_335:0001229</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>MarkT_CompRank_Rkl3</t>
         </is>
       </c>
       <c r="D180" t="inlineStr"/>
       <c r="E180" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F180" t="inlineStr"/>
-      <c r="G180" t="inlineStr"/>
+      <c r="G180" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H180" t="inlineStr"/>
       <c r="I180" t="inlineStr"/>
       <c r="J180" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K180" t="inlineStr"/>
       <c r="L180" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M180" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N180" t="inlineStr">
         <is>
           <t>CO_335:0001230</t>
         </is>
       </c>
       <c r="O180" t="inlineStr">
         <is>
@@ -29285,51 +30001,55 @@
       <c r="AQ180" t="inlineStr"/>
       <c r="AR180" t="inlineStr"/>
       <c r="AS180" t="inlineStr"/>
       <c r="AT180" t="inlineStr"/>
       <c r="AU180" t="inlineStr"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr"/>
       <c r="B181" t="inlineStr">
         <is>
           <t>CO_335:0001231</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>OvPerf_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D181" t="inlineStr"/>
       <c r="E181" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F181" t="inlineStr"/>
-      <c r="G181" t="inlineStr"/>
+      <c r="G181" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H181" t="inlineStr"/>
       <c r="I181" t="inlineStr"/>
       <c r="J181" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K181" t="inlineStr"/>
       <c r="L181" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M181" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N181" t="inlineStr">
         <is>
           <t>CO_335:0001232</t>
         </is>
       </c>
       <c r="O181" t="inlineStr">
         <is>
@@ -29426,51 +30146,55 @@
       <c r="AQ181" t="inlineStr"/>
       <c r="AR181" t="inlineStr"/>
       <c r="AS181" t="inlineStr"/>
       <c r="AT181" t="inlineStr"/>
       <c r="AU181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr"/>
       <c r="B182" t="inlineStr">
         <is>
           <t>CO_335:0001233</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>CompLoc_CompRank_RK3</t>
         </is>
       </c>
       <c r="D182" t="inlineStr"/>
       <c r="E182" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F182" t="inlineStr"/>
-      <c r="G182" t="inlineStr"/>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H182" t="inlineStr"/>
       <c r="I182" t="inlineStr"/>
       <c r="J182" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K182" t="inlineStr"/>
       <c r="L182" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M182" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N182" t="inlineStr">
         <is>
           <t>CO_335:0001234</t>
         </is>
       </c>
       <c r="O182" t="inlineStr">
         <is>
@@ -29571,51 +30295,55 @@
       <c r="AU182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr"/>
       <c r="B183" t="inlineStr">
         <is>
           <t>CO_335:0001235</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Stor_CompRank_RK3</t>
         </is>
       </c>
       <c r="D183" t="inlineStr"/>
       <c r="E183" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G183" t="inlineStr"/>
+      <c r="G183" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H183" t="inlineStr"/>
       <c r="I183" t="inlineStr"/>
       <c r="J183" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K183" t="inlineStr"/>
       <c r="L183" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M183" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N183" t="inlineStr">
         <is>
           <t>CO_335:0001236</t>
         </is>
       </c>
       <c r="O183" t="inlineStr">
         <is>
@@ -29716,51 +30444,55 @@
       <c r="AU183" t="inlineStr"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr"/>
       <c r="B184" t="inlineStr">
         <is>
           <t>CO_335:0001237</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>CompLoc_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D184" t="inlineStr"/>
       <c r="E184" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G184" t="inlineStr"/>
+      <c r="G184" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H184" t="inlineStr"/>
       <c r="I184" t="inlineStr"/>
       <c r="J184" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K184" t="inlineStr"/>
       <c r="L184" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M184" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N184" t="inlineStr">
         <is>
           <t>CO_335:0001238</t>
         </is>
       </c>
       <c r="O184" t="inlineStr">
         <is>
@@ -29861,51 +30593,55 @@
       <c r="AU184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr"/>
       <c r="B185" t="inlineStr">
         <is>
           <t>CO_335:0001239</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>SDSizUse_CompRank_Rk3</t>
         </is>
       </c>
       <c r="D185" t="inlineStr"/>
       <c r="E185" t="inlineStr">
         <is>
           <t>Technology comparison studies by users</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>Post Harvest</t>
         </is>
       </c>
-      <c r="G185" t="inlineStr"/>
+      <c r="G185" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
       <c r="H185" t="inlineStr"/>
       <c r="I185" t="inlineStr"/>
       <c r="J185" t="inlineStr">
         <is>
           <t>Abel Moges, Kidane Tumsa, Julius Mbiu, OneAcre Fund, Michael Kilango, Nestory Shida, Stanley Nkalubo, Wilber Ssekandi, Sylvia Kalemera, Fadhili Kasubiri, Teshale Mamo, Clare Mukankusi, Jean Claude Rubyogo, Edith Kadege</t>
         </is>
       </c>
       <c r="K185" t="inlineStr"/>
       <c r="L185" t="inlineStr">
         <is>
           <t>EN</t>
         </is>
       </c>
       <c r="M185" t="inlineStr">
         <is>
           <t>Common Bean</t>
         </is>
       </c>
       <c r="N185" t="inlineStr">
         <is>
           <t>CO_335:0001240</t>
         </is>
       </c>
       <c r="O185" t="inlineStr">
         <is>
@@ -29982,45 +30718,335 @@
       <c r="AI185" t="inlineStr"/>
       <c r="AJ185" t="inlineStr"/>
       <c r="AK185" t="inlineStr"/>
       <c r="AL185" t="inlineStr">
         <is>
           <t>1= Highest rank</t>
         </is>
       </c>
       <c r="AM185" t="inlineStr">
         <is>
           <t>2= Middle rank</t>
         </is>
       </c>
       <c r="AN185" t="inlineStr">
         <is>
           <t>3= Lowest rank</t>
         </is>
       </c>
       <c r="AO185" t="inlineStr"/>
       <c r="AP185" t="inlineStr"/>
       <c r="AQ185" t="inlineStr"/>
       <c r="AR185" t="inlineStr"/>
       <c r="AS185" t="inlineStr"/>
       <c r="AT185" t="inlineStr"/>
       <c r="AU185" t="inlineStr"/>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr"/>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>CO_335:0001241</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>PlCEm</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr"/>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>Physiology studies</t>
+        </is>
+      </c>
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>Emergence</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
+      <c r="H186" t="inlineStr"/>
+      <c r="I186" t="inlineStr">
+        <is>
+          <t>CIAT</t>
+        </is>
+      </c>
+      <c r="J186" t="inlineStr"/>
+      <c r="K186" t="inlineStr">
+        <is>
+          <t>2026-03-16 00:00:00</t>
+        </is>
+      </c>
+      <c r="L186" t="inlineStr">
+        <is>
+          <t>EN</t>
+        </is>
+      </c>
+      <c r="M186" t="inlineStr">
+        <is>
+          <t>Common Bean</t>
+        </is>
+      </c>
+      <c r="N186" t="inlineStr">
+        <is>
+          <t>CO_335:0001243</t>
+        </is>
+      </c>
+      <c r="O186" t="inlineStr">
+        <is>
+          <t>Plant stand count</t>
+        </is>
+      </c>
+      <c r="P186" t="inlineStr">
+        <is>
+          <t>Agronomic</t>
+        </is>
+      </c>
+      <c r="Q186" t="inlineStr">
+        <is>
+          <t>The number of plants that have successfully emerged from a unit area</t>
+        </is>
+      </c>
+      <c r="R186" t="inlineStr"/>
+      <c r="S186" t="inlineStr">
+        <is>
+          <t>PlC</t>
+        </is>
+      </c>
+      <c r="T186" t="inlineStr"/>
+      <c r="U186" t="inlineStr">
+        <is>
+          <t>Plant</t>
+        </is>
+      </c>
+      <c r="V186" t="inlineStr">
+        <is>
+          <t>Number</t>
+        </is>
+      </c>
+      <c r="W186" t="inlineStr"/>
+      <c r="X186" t="inlineStr"/>
+      <c r="Y186" t="inlineStr">
+        <is>
+          <t>CO_335:0001245</t>
+        </is>
+      </c>
+      <c r="Z186" t="inlineStr">
+        <is>
+          <t>Plant stand count method</t>
+        </is>
+      </c>
+      <c r="AA186" t="inlineStr">
+        <is>
+          <t>Counting</t>
+        </is>
+      </c>
+      <c r="AB186" t="inlineStr">
+        <is>
+          <t>Count the number of fully emerged  plants in a unit area, counted  2-3 weeks after the seedling emergency</t>
+        </is>
+      </c>
+      <c r="AC186" t="inlineStr">
+        <is>
+          <t>PlSC</t>
+        </is>
+      </c>
+      <c r="AD186" t="inlineStr"/>
+      <c r="AE186" t="inlineStr">
+        <is>
+          <t>CO_335:0000259</t>
+        </is>
+      </c>
+      <c r="AF186" t="inlineStr">
+        <is>
+          <t>plant/plot</t>
+        </is>
+      </c>
+      <c r="AG186" t="inlineStr">
+        <is>
+          <t>Numerical</t>
+        </is>
+      </c>
+      <c r="AH186" t="inlineStr"/>
+      <c r="AI186" t="inlineStr"/>
+      <c r="AJ186" t="inlineStr"/>
+      <c r="AK186" t="inlineStr"/>
+      <c r="AL186" t="inlineStr"/>
+      <c r="AM186" t="inlineStr"/>
+      <c r="AN186" t="inlineStr"/>
+      <c r="AO186" t="inlineStr"/>
+      <c r="AP186" t="inlineStr"/>
+      <c r="AQ186" t="inlineStr"/>
+      <c r="AR186" t="inlineStr"/>
+      <c r="AS186" t="inlineStr"/>
+      <c r="AT186" t="inlineStr"/>
+      <c r="AU186" t="inlineStr"/>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr"/>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>CO_335:0001242</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>EmPerc</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr"/>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>Physiology studies</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>Emergence</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
+        <is>
+          <t>Recommended</t>
+        </is>
+      </c>
+      <c r="H187" t="inlineStr"/>
+      <c r="I187" t="inlineStr">
+        <is>
+          <t>CIAT</t>
+        </is>
+      </c>
+      <c r="J187" t="inlineStr"/>
+      <c r="K187" t="inlineStr">
+        <is>
+          <t>2026-03-16 00:00:00</t>
+        </is>
+      </c>
+      <c r="L187" t="inlineStr">
+        <is>
+          <t>EN</t>
+        </is>
+      </c>
+      <c r="M187" t="inlineStr">
+        <is>
+          <t>Common Bean</t>
+        </is>
+      </c>
+      <c r="N187" t="inlineStr">
+        <is>
+          <t>CO_335:0001244</t>
+        </is>
+      </c>
+      <c r="O187" t="inlineStr">
+        <is>
+          <t>Emergence percentage</t>
+        </is>
+      </c>
+      <c r="P187" t="inlineStr">
+        <is>
+          <t>Agronomic</t>
+        </is>
+      </c>
+      <c r="Q187" t="inlineStr">
+        <is>
+          <t>The percentage of successfully emerged plants</t>
+        </is>
+      </c>
+      <c r="R187" t="inlineStr"/>
+      <c r="S187" t="inlineStr">
+        <is>
+          <t>EmPerc</t>
+        </is>
+      </c>
+      <c r="T187" t="inlineStr"/>
+      <c r="U187" t="inlineStr">
+        <is>
+          <t>Plant</t>
+        </is>
+      </c>
+      <c r="V187" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Percentage of emerged plants </t>
+        </is>
+      </c>
+      <c r="W187" t="inlineStr"/>
+      <c r="X187" t="inlineStr"/>
+      <c r="Y187" t="inlineStr">
+        <is>
+          <t>CO_335:0001246</t>
+        </is>
+      </c>
+      <c r="Z187" t="inlineStr">
+        <is>
+          <t>Emergence percentage method</t>
+        </is>
+      </c>
+      <c r="AA187" t="inlineStr">
+        <is>
+          <t>Computation</t>
+        </is>
+      </c>
+      <c r="AB187" t="inlineStr">
+        <is>
+          <t>The percentage of successfully emerged plants, computed by number of emerged plants/total number of seed sown x 100</t>
+        </is>
+      </c>
+      <c r="AC187" t="inlineStr">
+        <is>
+          <t>PlPercComp</t>
+        </is>
+      </c>
+      <c r="AD187" t="inlineStr"/>
+      <c r="AE187" t="inlineStr">
+        <is>
+          <t>CO_335:0000215</t>
+        </is>
+      </c>
+      <c r="AF187" t="inlineStr">
+        <is>
+          <t>%</t>
+        </is>
+      </c>
+      <c r="AG187" t="inlineStr">
+        <is>
+          <t>Numerical</t>
+        </is>
+      </c>
+      <c r="AH187" t="inlineStr"/>
+      <c r="AI187" t="inlineStr"/>
+      <c r="AJ187" t="inlineStr"/>
+      <c r="AK187" t="inlineStr"/>
+      <c r="AL187" t="inlineStr"/>
+      <c r="AM187" t="inlineStr"/>
+      <c r="AN187" t="inlineStr"/>
+      <c r="AO187" t="inlineStr"/>
+      <c r="AP187" t="inlineStr"/>
+      <c r="AQ187" t="inlineStr"/>
+      <c r="AR187" t="inlineStr"/>
+      <c r="AS187" t="inlineStr"/>
+      <c r="AT187" t="inlineStr"/>
+      <c r="AU187" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>